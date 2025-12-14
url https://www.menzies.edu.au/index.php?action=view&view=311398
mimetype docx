--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="60C8075D" w14:textId="77777777" w:rsidR="007234FA" w:rsidRPr="000F489B" w:rsidRDefault="007234FA" w:rsidP="007234FA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:b/>
           <w:color w:val="003F5A"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="003F5A"/>
           <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7917BCFB" wp14:editId="1EB9E318">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -162,51 +162,51 @@
                             <w:r w:rsidRPr="00995F39">
                               <w:rPr>
                                 <w:sz w:val="14"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>___________________________</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
               <v:shapetype w14:anchorId="7917BCFB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:413.35pt;margin-top:-1.4pt;width:120.4pt;height:42.85pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpcF98FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOmzAQfa/Uf7D83kBQaBMUstpmm6rS&#10;9iJt+wHGGLBqPK7tBNKv79iw2fT2UhUky8MMZ2bOnNnejL0iJ2GdBF3S5SKlRGgOtdRtSb98PrxY&#10;U+I80zVToEVJz8LRm93zZ9vBFCKDDlQtLEEQ7YrBlLTz3hRJ4ngneuYWYIRGZwO2Zx5N2ya1ZQOi&#10;9yrJ0vRlMoCtjQUunMOvd5OT7iJ+0wjuPzaNE56okmJtPp42nlU4k92WFa1lppN8LoP9QxU9kxqT&#10;XqDumGfkaOVvUL3kFhw0fsGhT6BpJBexB+xmmf7SzUPHjIi9IDnOXGhy/w+Wfzg9mE+W+PE1jDjA&#10;2IQz98C/OqJh3zHdiltrYegEqzHxMlCWDMYV86+Bale4AFIN76HGIbOjhwg0NrYPrGCfBNFxAOcL&#10;6WL0hIeUebZJ1+ji6MtXq+UmjylY8fi3sc6/FdCTcCmpxaFGdHa6dz5Uw4rHkJDMgZL1QSoVDdtW&#10;e2XJiaEADll4Z/SfwpQmQ0k3eZZPBPwVIo3PnyB66VHJSvYlXV+CWBFoe6PrqDPPpJruWLLSM4+B&#10;uolEP1YjBgY+K6jPyKiFSbG4YXjpwH6nZEC1ltR9OzIrKFHvNE5ls1ytgryjscpfZWjYa0917WGa&#10;I1RJPSXTde+nlTgaK9sOM0060HCLk2xkJPmpqrluVGTkft6eIPlrO0Y97fjuBwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACjTpPjdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;axNBUkKcCoEqjtCW3t14SSLidRQ7bfh7NqdyXM2b2ZliPblOnHAIrScN90sFAqnytqVaw9d+s1iB&#10;CNGQNZ0n1PCLAdbl9VVhcuvPtMXTLtaCQyjkRkMTY59LGaoGnQlL3yOx9u0HZyKfQy3tYM4c7jqZ&#10;KJVKZ1riD43p8bXB6mc3Oq6xP/SJVA8xe7/7fPvYTod+TDda395ML88gIk7xAsNcnz1QcqejH8kG&#10;0WlYJWnGqIZFwhNmQKXZI4jjLD2BLAv5f0L5BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOlwX3wWAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACjTpPjdAAAACgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="#f2f2f2">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6F3B4127" w14:textId="77777777" w:rsidR="008F664A" w:rsidRPr="00995F39" w:rsidRDefault="008F664A" w:rsidP="006158F6">
                       <w:pPr>
                         <w:pStyle w:val="Heading1"/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00995F39">
                         <w:rPr>
                           <w:sz w:val="14"/>
                         </w:rPr>
                         <w:t>OFFICE USE ONLY</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4F3F66D5" w14:textId="77777777" w:rsidR="008F664A" w:rsidRDefault="008F664A" w:rsidP="006158F6">
                       <w:pPr>
@@ -436,51 +436,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C2E57A" w14:textId="77777777" w:rsidR="00946139" w:rsidRPr="000F489B" w:rsidRDefault="00946139" w:rsidP="001C493A">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t>INSTRUCTIONS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEA53AE" w14:textId="2A299F0D" w:rsidR="00F441E6" w:rsidRPr="000F489B" w:rsidRDefault="00BF06FF" w:rsidP="0060495B">
+    <w:p w14:paraId="7AEA53AE" w14:textId="53318F64" w:rsidR="00F441E6" w:rsidRPr="000F489B" w:rsidRDefault="00BF06FF" w:rsidP="0060495B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t xml:space="preserve">Scope: </w:t>
       </w:r>
       <w:r w:rsidR="00F441E6" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -591,51 +591,69 @@
       <w:r w:rsidR="00C44477" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t xml:space="preserve">Other low risk </w:t>
       </w:r>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t>studies</w:t>
       </w:r>
       <w:r w:rsidR="00C44477" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e.g. some </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32532" w:rsidRPr="000F489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="003F5A"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44477" w:rsidRPr="000F489B">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="003F5A"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> some </w:t>
       </w:r>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t xml:space="preserve">program </w:t>
       </w:r>
       <w:r w:rsidR="00C44477" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t>evaluations or multi-dataset analyses should use t</w:t>
       </w:r>
       <w:r w:rsidR="005C2CBC" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
@@ -657,64 +675,68 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t xml:space="preserve"> Studies that involve patient participation beyond standard care should use the full HREC Application Form.</w:t>
       </w:r>
       <w:r w:rsidR="00F60F7C" w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178DBC7B" w14:textId="38F02E61" w:rsidR="00F60F7C" w:rsidRPr="000F489B" w:rsidRDefault="00F60F7C" w:rsidP="0060495B">
+    <w:p w14:paraId="178DBC7B" w14:textId="38F02E61" w:rsidR="00F60F7C" w:rsidRPr="00A32532" w:rsidRDefault="00F60F7C" w:rsidP="0060495B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F489B">
+      <w:r w:rsidRPr="00A32532">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:t>For all case studies please apply directly to the NT Research Governance Office (NT RGO) email: nthealth.rgo@nt.gov.au</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A993CAA" w14:textId="6D9E4063" w:rsidR="0060495B" w:rsidRPr="000F489B" w:rsidRDefault="0060495B" w:rsidP="0060495B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
@@ -1092,59 +1114,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1123" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E98C216" w14:textId="77777777" w:rsidR="001E02D3" w:rsidRPr="000F489B" w:rsidRDefault="001E02D3" w:rsidP="006A5D19">
             <w:pPr>
@@ -1171,59 +1193,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1486,59 +1508,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1123" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E5AA1C" w14:textId="77777777" w:rsidR="001E02D3" w:rsidRPr="000F489B" w:rsidRDefault="001E02D3" w:rsidP="000032C8">
             <w:pPr>
@@ -1565,59 +1587,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3134,60 +3156,60 @@
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
@@ -3212,59 +3234,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3296,59 +3318,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3443,59 +3465,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00217760" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00217760" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00217760" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3524,59 +3546,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00980BD8" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3635,59 +3657,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Big Rivers Region: </w:t>
@@ -3699,59 +3721,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Katherine Hospital  </w:t>
@@ -3762,59 +3784,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3843,59 +3865,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>MHAOD</w:t>
@@ -3936,59 +3958,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> East Arnhem Region: </w:t>
@@ -4000,59 +4022,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Gove District Hospital    </w:t>
@@ -4063,59 +4085,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHC    </w:t>
@@ -4126,59 +4148,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005C6B9C" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>MHAOD</w:t>
@@ -4210,59 +4232,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Central Australia Region: </w:t>
@@ -4274,59 +4296,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alice Springs Hospital    </w:t>
@@ -4337,59 +4359,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHC    </w:t>
@@ -4400,59 +4422,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>MHAOD</w:t>
@@ -4485,59 +4507,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Barkly Region: </w:t>
@@ -4549,59 +4571,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tenant Creek Hospital    </w:t>
@@ -4612,59 +4634,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHC    </w:t>
@@ -4675,59 +4697,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>MHAOD</w:t>
@@ -4771,59 +4793,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="20"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other (please specify) </w:t>
@@ -5082,58 +5104,60 @@
             </w:r>
             <w:r w:rsidR="003819AF" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002334EE" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>collected data</w:t>
             </w:r>
             <w:r w:rsidR="00D824C9" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D70526" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>e.g.</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00D824C9" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jan 2011 to Dec 20</w:t>
             </w:r>
             <w:r w:rsidR="00C44477" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="00D824C9" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="003819AF" w:rsidRPr="000F489B">
@@ -5430,59 +5454,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4E5BA07B" w14:textId="77777777" w:rsidR="00C32303" w:rsidRPr="000F489B" w:rsidRDefault="00C32303" w:rsidP="00612DE5">
@@ -5510,59 +5534,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="288CDC1C" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -5642,59 +5666,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5A7A7FFC" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -5722,59 +5746,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="76FC7B32" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -5853,59 +5877,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="111F408F" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -5933,59 +5957,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="3060EE67" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -6064,59 +6088,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2CA0D039" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -6144,59 +6168,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="79DB4CBC" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -6275,59 +6299,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1811B1B6" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -6355,59 +6379,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="5447F4EB" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -6478,59 +6502,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="64560D45" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -6558,59 +6582,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="1D82486C" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -6689,59 +6713,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="395C1AF0" w14:textId="77777777" w:rsidR="007B693B" w:rsidRPr="000F489B" w:rsidRDefault="007B693B" w:rsidP="00612DE5">
@@ -6769,59 +6793,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="0A416AFC" w14:textId="77777777" w:rsidTr="000F489B">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
@@ -6900,59 +6924,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2E519156" w14:textId="77777777" w:rsidR="00C32303" w:rsidRPr="000F489B" w:rsidRDefault="00C32303" w:rsidP="00612DE5">
@@ -6980,59 +7004,59 @@
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b w:val="0"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="687A4F0C" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
@@ -7368,51 +7392,71 @@
             <w:r w:rsidR="00C32303" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">A statement of the standards the team is intending to relate their practice to.  (The statement does not have to contain the standards themselves, only sufficient information to indicate that such standards exist and how to locate them, if </w:t>
             </w:r>
             <w:r w:rsidR="001F4BEB" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> e.g. Acute Coronary Syndromes </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Acute Coronary Syndromes </w:t>
             </w:r>
             <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Care </w:t>
             </w:r>
             <w:r w:rsidR="00DB4A2D" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:bCs/>
                 <w:i/>
@@ -7761,59 +7805,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EABB57D" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00BF7830" w:rsidP="001E02D3">
             <w:pPr>
@@ -7843,59 +7887,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="01BE439D" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
@@ -8067,59 +8111,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E19E04A" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00BF7830" w:rsidP="001E02D3">
             <w:pPr>
@@ -8149,59 +8193,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="29BD6933" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
@@ -8259,95 +8303,126 @@
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">s there a foreseeable effect on </w:t>
             </w:r>
             <w:r w:rsidR="009D0820" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>participants or risk to participants</w:t>
             </w:r>
             <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007879C2" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">as a result of the research that is </w:t>
+              <w:t>as a result of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007879C2" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the research that is </w:t>
             </w:r>
             <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>different from any effect resulting from normal clinical management</w:t>
             </w:r>
             <w:r w:rsidR="009D0820" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> and is any foreseeable risk more than one of inconvenience</w:t>
             </w:r>
             <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">(e.g.  physical, psychological, spiritual, or social, which could cause distress, stigmatisation or discrimination.) </w:t>
+              <w:t xml:space="preserve">(e.g.  physical, psychological, spiritual, or social, which could cause distress, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>stigmatisation</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BF7830" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or discrimination.) </w:t>
             </w:r>
             <w:r w:rsidR="005C5567" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ABF2044" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00773FB1" w:rsidP="00773FB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="460"/>
                 <w:tab w:val="left" w:pos="652"/>
               </w:tabs>
               <w:ind w:left="460" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
@@ -8465,59 +8540,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="436235F9" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00BF7830" w:rsidP="001E02D3">
             <w:pPr>
@@ -8547,59 +8622,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="45FEEE68" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
@@ -9029,59 +9104,59 @@
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04A67C07" w14:textId="77777777" w:rsidR="00204F52" w:rsidRPr="000F489B" w:rsidRDefault="00204F52" w:rsidP="003519D8">
             <w:pPr>
@@ -9111,59 +9186,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="0ED8CF8E" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
@@ -9237,58 +9312,69 @@
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>lease describe the protocol for acquiri</w:t>
             </w:r>
             <w:r w:rsidR="009E0313" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>ng</w:t>
             </w:r>
             <w:r w:rsidR="007767C6" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="009E0313" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>processing and storing data and</w:t>
+              <w:t>processing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009E0313" w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:color w:val="003F5A"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and storing data and</w:t>
             </w:r>
             <w:r w:rsidR="00415444" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> describe </w:t>
             </w:r>
             <w:r w:rsidR="009E0313" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>who will acquire the data and how permission was or will be gained for them to acquire the data.</w:t>
             </w:r>
             <w:r w:rsidR="00906FFC" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
@@ -9561,59 +9647,59 @@
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:color w:val="003F5A"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">                     Re-identifiable      </w:t>
@@ -9624,59 +9710,59 @@
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:color w:val="003F5A"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
@@ -9705,59 +9791,59 @@
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:color w:val="003F5A"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:color w:val="003F5A"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="5CB4DDEE" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
@@ -9852,59 +9938,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="009E8730" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00BF7830" w:rsidP="00612DE5">
             <w:pPr>
@@ -9934,59 +10020,59 @@
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
-[...7 lines deleted...]
-            <w:r w:rsidR="000F489B" w:rsidRPr="000F489B">
+            <w:r w:rsidR="00A32532">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A32532">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="6497734E" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
@@ -10475,51 +10561,71 @@
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidR="00953697" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
-              <w:t>protocol for data analysis e.g. Statistical Analysis (Inferential or Descriptive Analysis); Diagnostic Analysis; Predictive Analysis; or Prescriptive Analysis. Please give a clear and detailed explanation of how the data will be analysed.</w:t>
+              <w:t xml:space="preserve">protocol for data analysis </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Statistical Analysis (Inferential or Descriptive Analysis); Diagnostic Analysis; Predictive Analysis; or Prescriptive Analysis. Please give a clear and detailed explanation of how the data will be analysed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="0F01E76F" w14:textId="77777777" w:rsidTr="000F489B">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4C55B4B2" w14:textId="77777777" w:rsidR="00BF7830" w:rsidRPr="000F489B" w:rsidRDefault="00BF7830" w:rsidP="003B09F7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="652"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="318" w:hanging="318"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:lang w:val="en-AU"/>
@@ -11081,52 +11187,50 @@
       <w:pPr>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4169C64C" w14:textId="77777777" w:rsidR="0060495B" w:rsidRPr="000F489B" w:rsidRDefault="0060495B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F489B">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="11E93A23" w14:textId="77777777" w:rsidR="0060495B" w:rsidRPr="000F489B" w:rsidRDefault="0060495B" w:rsidP="00D11A04">
       <w:pPr>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2621"/>
         <w:gridCol w:w="3722"/>
         <w:gridCol w:w="2706"/>
         <w:gridCol w:w="1380"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F489B" w:rsidRPr="000F489B" w14:paraId="5796DC21" w14:textId="77777777" w:rsidTr="00146D43">
         <w:tc>
@@ -11243,51 +11347,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="003F5A"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="003F5A"/>
               </w:rPr>
               <w:t>NT Health Research Governance Office (RGO)</w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="003F5A"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will facilitate this process, ensuring that the principles, requirements and standards for </w:t>
+              <w:t xml:space="preserve"> will facilitate this process, ensuring that the principles, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="003F5A"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="003F5A"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and standards for </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="003F5A"/>
               </w:rPr>
               <w:t>organisational</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="003F5A"/>
               </w:rPr>
               <w:t xml:space="preserve"> governance of research are implemented. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E35497" w14:textId="587D3063" w:rsidR="0060495B" w:rsidRPr="000F489B" w:rsidRDefault="0060495B" w:rsidP="0060495B">
             <w:pPr>
               <w:spacing w:after="120"/>
@@ -11322,51 +11446,71 @@
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> delegates (i.e. Unit Head, Co-Director or </w:t>
             </w:r>
             <w:r w:rsidR="008D73A2" w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Director of Research, </w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>General Manager or ) </w:t>
+              <w:t xml:space="preserve">General Manager </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>or )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F489B">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="003F5A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>prior to submission to the NT Health RGO</w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="003F5A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> by completing the relevant endorsements sections below or by submitting email endorsement when </w:t>
             </w:r>
             <w:r w:rsidRPr="000F489B">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
@@ -12357,165 +12501,165 @@
     <w:p w14:paraId="7AEB7458" w14:textId="77777777" w:rsidR="00D11A04" w:rsidRPr="000F489B" w:rsidRDefault="00D11A04" w:rsidP="00D11A04">
       <w:pPr>
         <w:ind w:right="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="003F5A"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D11A04" w:rsidRPr="000F489B" w:rsidSect="00534717">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11879" w:h="16817" w:code="9"/>
       <w:pgMar w:top="1985" w:right="720" w:bottom="993" w:left="720" w:header="142" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="737"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7687CE25" w14:textId="77777777" w:rsidR="005E4D17" w:rsidRDefault="005E4D17">
+    <w:p w14:paraId="59364742" w14:textId="77777777" w:rsidR="00721D12" w:rsidRDefault="00721D12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3806DF95" w14:textId="77777777" w:rsidR="005E4D17" w:rsidRDefault="005E4D17">
+    <w:p w14:paraId="6C684A5C" w14:textId="77777777" w:rsidR="00721D12" w:rsidRDefault="00721D12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
     <w:altName w:val="Avenir Next LT Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="5EA9E1A5" w14:textId="03C087F1" w:rsidR="008F664A" w:rsidRPr="008B03FE" w:rsidRDefault="0053005C" w:rsidP="00417288">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:right="-29"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Ethics C</w:t>
     </w:r>
     <w:r w:rsidR="00AB2DDD" w:rsidRPr="008B03FE">
@@ -12713,132 +12857,132 @@
     </w:r>
     <w:r w:rsidR="00980BD8" w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:noProof/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="008F664A" w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="36424E62" w14:textId="5D1A134D" w:rsidR="008F664A" w:rsidRPr="008B03FE" w:rsidRDefault="008F664A" w:rsidP="00417288">
+  <w:p w14:paraId="36424E62" w14:textId="2849264A" w:rsidR="008F664A" w:rsidRPr="008B03FE" w:rsidRDefault="008F664A" w:rsidP="00417288">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:right="-29"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r w:rsidR="00AB3209" w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="008B03FE" w:rsidRPr="008B03FE">
+    <w:r w:rsidR="00A32532">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>September</w:t>
+      <w:t xml:space="preserve">November </w:t>
     </w:r>
     <w:r w:rsidR="00A47B1A" w:rsidRPr="008B03FE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D09709B" w14:textId="77777777" w:rsidR="005E4D17" w:rsidRDefault="005E4D17">
+    <w:p w14:paraId="6B1ECD98" w14:textId="77777777" w:rsidR="00721D12" w:rsidRDefault="00721D12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47E54477" w14:textId="77777777" w:rsidR="005E4D17" w:rsidRDefault="005E4D17">
+    <w:p w14:paraId="0D2F1A9C" w14:textId="77777777" w:rsidR="00721D12" w:rsidRDefault="00721D12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="4DD1A4EC" w14:textId="3CEA2291" w:rsidR="008F664A" w:rsidRDefault="000F489B" w:rsidP="000F489B">
     <w:pPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="739EDA55" wp14:editId="45A7371C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>27940</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>152400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2078990" cy="622300"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="1583" y="0"/>
@@ -12954,51 +13098,51 @@
                         <w:p w14:paraId="43C1797F" w14:textId="4AD8023F" w:rsidR="000F489B" w:rsidRPr="000F489B" w:rsidRDefault="000F489B" w:rsidP="000F489B">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="003F5A"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:shapetype w14:anchorId="305A0FA8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-36pt;margin-top:-7.7pt;width:607.85pt;height:94.9pt;z-index:251711487;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOdfhWJQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rESmLBcuA6dVEg&#10;fQBJP4CiKIsoyVVJ2pL79VlSjmOkt6I6CFzucjg7O1zejVqRg7BOgqloNkspEYZDI82uoj+fth9u&#10;KXGemYYpMKKiR+Ho3er9u+XQlyKHDlQjLEEQ48qhr2jnfV8mieOd0MzNoBcGky1YzTyGdpc0lg2I&#10;rlWSp+l1MoBtegtcOIe791OSriJ+2wruv7etE56oiiI3H/82/uvwT1ZLVu4s6zvJTzTYP7DQTBq8&#10;9Ax1zzwjeyv/gtKSW3DQ+hkHnUDbSi5iD9hNlr7p5rFjvYi9oDiuP8vk/h8s/3b4YYlsKppTYpjG&#10;ET2J0ZOPMJI8qDP0rsSixx7L/IjbOOXYqesfgP9yxMCmY2Yn1tbC0AnWILssnEwujk44LoDUw1do&#10;8Bq29xCBxtbqIB2KQRAdp3Q8TyZQ4bh5c5MtrhcFJRxzWZ4W+VWcXcLKl+O9df6zAE3CoqIWRx/h&#10;2eHB+UCHlS8l4TYHSjZbqVQM7K7eKEsOLNgkvdoW69jBmzJlyFDRRZEXEdlAOB8dpKVHGyupK3qb&#10;hm8yVpDjk2liiWdSTWtkosxJnyDJJI4f6zEOIooXtKuhOaJgFibX4ivDRQf2DyUDOrai7veeWUGJ&#10;+mJQ9EU2nweLx2Be3OQY2MtMfZlhhiNURT0l03Lj47MIchhY43BaGWV7ZXKijE6Map5eTbD6ZRyr&#10;Xt/26hkAAP//AwBQSwMEFAAGAAgAAAAhACge77jeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81OwzAQhO9IvIO1SNxaJ8GQKsSpKn7uNMDdiZck1F5HsZumb497orcZ7Wj2m3K7WMNmnPzgSEK6&#10;ToAhtU4P1En4+nxfbYD5oEgr4wglnNHDtrq9KVWh3Yn2ONehY7GEfKEk9CGMBee+7dEqv3YjUrz9&#10;uMmqEO3UcT2pUyy3hmdJ8sStGih+6NWILz22h/poJXzYfX0wmfkWbxudnOl1+p13jZT3d8vuGVjA&#10;JfyH4YIf0aGKTI07kvbMSFjlWdwSokgfBbBLIhUPObAmqlwI4FXJr0dUfwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAOdfhWJQIAACMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoHu+43gAAAAwBAAAPAAAAAAAAAAAAAAAAAH8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" fillcolor="#003f5a" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="43C1797F" w14:textId="4AD8023F" w:rsidR="000F489B" w:rsidRPr="000F489B" w:rsidRDefault="000F489B" w:rsidP="000F489B">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="003F5A"/>
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
@@ -13358,51 +13502,51 @@
                         <w:p w14:paraId="3871A0C2" w14:textId="77777777" w:rsidR="00057F1A" w:rsidRPr="000F489B" w:rsidRDefault="00057F1A" w:rsidP="000F489B">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="003F5A"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
           <w:pict>
             <v:shape w14:anchorId="458FFE29" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:278.1pt;margin-top:-7.1pt;width:282.15pt;height:87.25pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7FecMJQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviSeE2NOEWWLsOA&#10;7gK0+wBZlmNhkuhJSuzs60fJaZptb8P8YJAieXR4SK3uRq3IUVgnwVQ0m6WUCMOhkWZf0W9PuzdL&#10;SpxnpmEKjKjoSTh6t379ajX0pcihA9UISxDEuHLoK9p535dJ4ngnNHMz6IXBYAtWM4+u3SeNZQOi&#10;a5Xkafo2GcA2vQUunMPT+ylI1xG/bQX3X9rWCU9URZGbj38b/3X4J+sVK/eW9Z3kZxrsH1hoJg1e&#10;eoG6Z56Rg5V/QWnJLTho/YyDTqBtJRexB+wmS//o5rFjvYi9oDiuv8jk/h8s/3z8aolsKppnN5QY&#10;pnFIT2L05B2MJA/6DL0rMe2xx0Q/4jHOOfbq+gfg3x0xsO2Y2YuNtTB0gjXILwuVyVXphOMCSD18&#10;ggavYQcPEWhsrQ7ioRwE0XFOp8tsAhWOh/NiOZ+nBSUcY1mWLtObIt7Byufy3jr/QYAmwaioxeFH&#10;eHZ8cD7QYeVzSrjNgZLNTioVHbuvt8qSIwuLks53xeaM/luaMmSo6G2RFxHZQKiPO6Slx0VWUld0&#10;mYYvlLMyyPHeNNH2TKrJRibKnPUJkkzi+LEeMTGIVkNzQqUsTAuLDwyNDuxPSgZc1oq6HwdmBSXq&#10;o0G1b7PFImx3dBbFTY6OvY7U1xFmOEJV1FMymVsfX0Tga2CDU2ll1OuFyZkrLmGU8fxgwpZf+zHr&#10;5VmvfwEAAP//AwBQSwMEFAAGAAgAAAAhACu46OzdAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tugzAQRfeV+g/WVOousaEBRRQTRX3sG9LuDZ4CjT1G2CHk7+us2t0dzdGdM+VusYbNOPnBkYRk&#10;LYAhtU4P1En4PL6vtsB8UKSVcYQSruhhV93flarQ7kIHnOvQsVhCvlAS+hDGgnPf9miVX7sRKe6+&#10;3WRViOPUcT2pSyy3hqdC5NyqgeKFXo340mN7qs9Wwoc91CeTmq/N21aLK71OP/O+kfLxYdk/Awu4&#10;hD8YbvpRHaro1Lgzac+MhCzL04hKWCWbGG5EkooMWBNTLp6AVyX//0T1CwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADsV5wwlAgAAHgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhACu46OzdAAAADAEAAA8AAAAAAAAAAAAAAAAAfwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" fillcolor="#003f5a" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="01F1FF19" w14:textId="77777777" w:rsidR="000F489B" w:rsidRDefault="000F489B" w:rsidP="000F489B">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="003F5A"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Next LT Pro Light" w:hAnsi="Avenir Next LT Pro Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:eastAsia="en-AU"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="547062BA" w14:textId="2DAA8661" w:rsidR="00057F1A" w:rsidRPr="000F489B" w:rsidRDefault="00057F1A" w:rsidP="000F489B">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="003F5A"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Next LT Pro Light" w:hAnsi="Avenir Next LT Pro Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:eastAsia="en-AU"/>
@@ -13699,51 +13843,51 @@
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00057F1A">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="00151B6A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                                              </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021B795C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="420A024C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -15440,86 +15584,87 @@
   <w:num w:numId="22">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="118"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F0068C"/>
     <w:rsid w:val="000032C8"/>
     <w:rsid w:val="00012B70"/>
+    <w:rsid w:val="000217DC"/>
     <w:rsid w:val="00024A30"/>
     <w:rsid w:val="00026F66"/>
     <w:rsid w:val="00032433"/>
     <w:rsid w:val="000352FD"/>
     <w:rsid w:val="000413DF"/>
     <w:rsid w:val="0004425E"/>
     <w:rsid w:val="00046E12"/>
     <w:rsid w:val="00055DC9"/>
     <w:rsid w:val="000560FC"/>
     <w:rsid w:val="00057F1A"/>
     <w:rsid w:val="000608AA"/>
     <w:rsid w:val="00060A16"/>
     <w:rsid w:val="00061101"/>
     <w:rsid w:val="000645EC"/>
     <w:rsid w:val="00070A26"/>
     <w:rsid w:val="000747A8"/>
     <w:rsid w:val="00074B95"/>
     <w:rsid w:val="00076D88"/>
     <w:rsid w:val="00080193"/>
     <w:rsid w:val="00084282"/>
     <w:rsid w:val="00091961"/>
     <w:rsid w:val="00096BCA"/>
     <w:rsid w:val="000A07FE"/>
     <w:rsid w:val="000A1B36"/>
     <w:rsid w:val="000B29B0"/>
@@ -15702,50 +15847,51 @@
     <w:rsid w:val="006537F2"/>
     <w:rsid w:val="00665E93"/>
     <w:rsid w:val="00666F3D"/>
     <w:rsid w:val="00670695"/>
     <w:rsid w:val="00675D11"/>
     <w:rsid w:val="006841C3"/>
     <w:rsid w:val="0068677D"/>
     <w:rsid w:val="006A0AF3"/>
     <w:rsid w:val="006A5439"/>
     <w:rsid w:val="006A5D19"/>
     <w:rsid w:val="006A7D45"/>
     <w:rsid w:val="006B274E"/>
     <w:rsid w:val="006B3631"/>
     <w:rsid w:val="006C7AD2"/>
     <w:rsid w:val="006D1A6A"/>
     <w:rsid w:val="006D6130"/>
     <w:rsid w:val="006E1151"/>
     <w:rsid w:val="006E5507"/>
     <w:rsid w:val="006E5645"/>
     <w:rsid w:val="006E64C1"/>
     <w:rsid w:val="006F252D"/>
     <w:rsid w:val="006F3B66"/>
     <w:rsid w:val="006F4D0F"/>
     <w:rsid w:val="00703426"/>
     <w:rsid w:val="00716DF9"/>
+    <w:rsid w:val="00721D12"/>
     <w:rsid w:val="007234FA"/>
     <w:rsid w:val="00724458"/>
     <w:rsid w:val="00724C22"/>
     <w:rsid w:val="00726783"/>
     <w:rsid w:val="00733D49"/>
     <w:rsid w:val="00736191"/>
     <w:rsid w:val="00736F79"/>
     <w:rsid w:val="0075347B"/>
     <w:rsid w:val="0076106A"/>
     <w:rsid w:val="00763DF0"/>
     <w:rsid w:val="00765D03"/>
     <w:rsid w:val="00773FB1"/>
     <w:rsid w:val="007767C6"/>
     <w:rsid w:val="007879C2"/>
     <w:rsid w:val="007A4F6D"/>
     <w:rsid w:val="007B2A4C"/>
     <w:rsid w:val="007B693B"/>
     <w:rsid w:val="007C3636"/>
     <w:rsid w:val="007D261D"/>
     <w:rsid w:val="007D3E99"/>
     <w:rsid w:val="007D65C7"/>
     <w:rsid w:val="007E1E50"/>
     <w:rsid w:val="007F22AE"/>
     <w:rsid w:val="007F36CC"/>
     <w:rsid w:val="00800603"/>
@@ -15796,50 +15942,51 @@
     <w:rsid w:val="009576ED"/>
     <w:rsid w:val="00960413"/>
     <w:rsid w:val="00962856"/>
     <w:rsid w:val="00964452"/>
     <w:rsid w:val="00967A0D"/>
     <w:rsid w:val="00977D48"/>
     <w:rsid w:val="009806D5"/>
     <w:rsid w:val="00980BD8"/>
     <w:rsid w:val="00992574"/>
     <w:rsid w:val="00995F39"/>
     <w:rsid w:val="009A0410"/>
     <w:rsid w:val="009B0E7F"/>
     <w:rsid w:val="009B769D"/>
     <w:rsid w:val="009C3513"/>
     <w:rsid w:val="009D0820"/>
     <w:rsid w:val="009D16B5"/>
     <w:rsid w:val="009D2CC3"/>
     <w:rsid w:val="009D4D5A"/>
     <w:rsid w:val="009E0313"/>
     <w:rsid w:val="009F3566"/>
     <w:rsid w:val="00A11BD6"/>
     <w:rsid w:val="00A17D46"/>
     <w:rsid w:val="00A235BF"/>
     <w:rsid w:val="00A248FF"/>
     <w:rsid w:val="00A26D4C"/>
+    <w:rsid w:val="00A32532"/>
     <w:rsid w:val="00A35DA2"/>
     <w:rsid w:val="00A46E7F"/>
     <w:rsid w:val="00A47B1A"/>
     <w:rsid w:val="00A52510"/>
     <w:rsid w:val="00A52EF7"/>
     <w:rsid w:val="00A66D74"/>
     <w:rsid w:val="00A672AB"/>
     <w:rsid w:val="00A67892"/>
     <w:rsid w:val="00A67BA1"/>
     <w:rsid w:val="00A7410C"/>
     <w:rsid w:val="00A82082"/>
     <w:rsid w:val="00A900EC"/>
     <w:rsid w:val="00A9239D"/>
     <w:rsid w:val="00A92B26"/>
     <w:rsid w:val="00A96A04"/>
     <w:rsid w:val="00A96AAF"/>
     <w:rsid w:val="00AA5672"/>
     <w:rsid w:val="00AA5B8B"/>
     <w:rsid w:val="00AA62FF"/>
     <w:rsid w:val="00AB2DDD"/>
     <w:rsid w:val="00AB3209"/>
     <w:rsid w:val="00AB5EB9"/>
     <w:rsid w:val="00AB6993"/>
     <w:rsid w:val="00AB7774"/>
     <w:rsid w:val="00AC07B5"/>
@@ -16002,93 +16149,95 @@
     <w:rsid w:val="00F0682C"/>
     <w:rsid w:val="00F1210E"/>
     <w:rsid w:val="00F2573F"/>
     <w:rsid w:val="00F33A35"/>
     <w:rsid w:val="00F34C13"/>
     <w:rsid w:val="00F374C2"/>
     <w:rsid w:val="00F441E6"/>
     <w:rsid w:val="00F47A5F"/>
     <w:rsid w:val="00F50542"/>
     <w:rsid w:val="00F511BB"/>
     <w:rsid w:val="00F52AD5"/>
     <w:rsid w:val="00F53C49"/>
     <w:rsid w:val="00F56199"/>
     <w:rsid w:val="00F60F7C"/>
     <w:rsid w:val="00F63582"/>
     <w:rsid w:val="00F7650A"/>
     <w:rsid w:val="00F90DEC"/>
     <w:rsid w:val="00F94011"/>
     <w:rsid w:val="00FA232B"/>
     <w:rsid w:val="00FA2D48"/>
     <w:rsid w:val="00FB0FD7"/>
     <w:rsid w:val="00FB378A"/>
     <w:rsid w:val="00FB69E2"/>
     <w:rsid w:val="00FB71A8"/>
     <w:rsid w:val="00FC0F0E"/>
+    <w:rsid w:val="00FC2DB7"/>
     <w:rsid w:val="00FC4163"/>
     <w:rsid w:val="00FD148C"/>
     <w:rsid w:val="00FD1897"/>
     <w:rsid w:val="00FD284D"/>
     <w:rsid w:val="00FD3FB1"/>
     <w:rsid w:val="00FD5862"/>
     <w:rsid w:val="00FD595A"/>
     <w:rsid w:val="00FE099E"/>
+    <w:rsid w:val="00FE3E7D"/>
     <w:rsid w:val="00FF3055"/>
     <w:rsid w:val="00FF4CC0"/>
     <w:rsid w:val="00FF5C8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4AAC2036"/>
   <w15:docId w15:val="{2623CCD3-5935-49A1-9186-300EC4C6F626}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16984,51 +17133,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F1210E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00012B70"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="423579145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="465197695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17479,74 +17628,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EC86ADA-897E-4BEC-9B3B-EB063EBE3737}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>knowledgetree</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1614</Words>
-  <Characters>10606</Characters>
+  <Characters>10607</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FLINDERS UNIVERSITY ADELAIDE  AUSTRALIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Charles Darwin University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12196</CharactersWithSpaces>
+  <CharactersWithSpaces>12197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2555980</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>265</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:ethics@menzies.edu.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>